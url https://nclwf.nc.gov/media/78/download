--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -169,76 +169,67 @@
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>JOINT REPRESENTATION AND</w:t>
       </w:r>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005E048E" w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">CONFLICT WAIVER </w:t>
-[...7 lines deleted...]
-        <w:t>AGREEMENT</w:t>
+        <w:t>CONFLICT WAIVER AGREEMENT</w:t>
       </w:r>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A31973">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">NCLWF PROJECT </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
           </w:rPr>
           <w:id w:val="884058561"/>
           <w:placeholder>
             <w:docPart w:val="9669A8C3899844B8A7F9EBE580D66464"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:highlight w:val="yellow"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
@@ -1739,69 +1730,51 @@
         </w:rPr>
         <w:t>Conservation Organization</w:t>
       </w:r>
       <w:r w:rsidR="00A07A9B" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E23D24" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>and State</w:t>
       </w:r>
       <w:r w:rsidR="001D750C" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> transaction</w:t>
+        <w:t xml:space="preserve"> in the above described transaction</w:t>
       </w:r>
       <w:r w:rsidR="00450E84" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the terms stated herein</w:t>
       </w:r>
       <w:r w:rsidR="00B74AA1" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00853587" w:rsidRPr="00237050">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">  In reliance on the above and subject to the limitations </w:t>
       </w:r>
@@ -2051,74 +2024,60 @@
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00E928F9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00162674" w:rsidRPr="00E928F9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>DATE:</w:t>
       </w:r>
       <w:r w:rsidR="00162674">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773298B1" w14:textId="77777777" w:rsidR="00A31973" w:rsidRDefault="00C82700" w:rsidP="00960CC2">
+    <w:p w14:paraId="21D4BF6A" w14:textId="77777777" w:rsidR="009E7543" w:rsidRDefault="009E7543" w:rsidP="00AC45E9">
       <w:pPr>
-        <w:ind w:left="1260" w:firstLine="720"/>
+        <w:ind w:left="1980"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2F5F8BE4" w14:textId="77777777" w:rsidR="00A31973" w:rsidRDefault="00AF4CE9" w:rsidP="00AC45E9">
+    <w:p w14:paraId="2F5F8BE4" w14:textId="5D9B172B" w:rsidR="00A31973" w:rsidRDefault="00AF4CE9" w:rsidP="00AC45E9">
       <w:pPr>
         <w:ind w:left="1980"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">NC Dept. of Natural and Cultural Resources </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18B5DE70" w14:textId="6B18BEE0" w:rsidR="00AF4CE9" w:rsidRPr="00237050" w:rsidRDefault="00AF4CE9" w:rsidP="00AC45E9">
       <w:pPr>
         <w:ind w:left="1980"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00237050">
         <w:rPr>
@@ -2534,130 +2493,129 @@
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               <w:highlight w:val="yellow"/>
             </w:rPr>
             <w:t>[Title]</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr w:rsidR="003F5C69" w:rsidRPr="00237050" w:rsidSect="005E048E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:paperSrc w:first="7"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B2B58B3" w14:textId="77777777" w:rsidR="0073555B" w:rsidRDefault="0073555B" w:rsidP="00993955">
+    <w:p w14:paraId="5BE0A310" w14:textId="77777777" w:rsidR="00650BE4" w:rsidRDefault="00650BE4" w:rsidP="00993955">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5309B06A" w14:textId="77777777" w:rsidR="0073555B" w:rsidRDefault="0073555B" w:rsidP="00993955">
+    <w:p w14:paraId="4E27DAAA" w14:textId="77777777" w:rsidR="00650BE4" w:rsidRDefault="00650BE4" w:rsidP="00993955">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C1E19E3" w14:textId="77777777" w:rsidR="0073555B" w:rsidRDefault="0073555B" w:rsidP="00993955">
+    <w:p w14:paraId="566E26EA" w14:textId="77777777" w:rsidR="00650BE4" w:rsidRDefault="00650BE4" w:rsidP="00993955">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23DC00FE" w14:textId="77777777" w:rsidR="0073555B" w:rsidRDefault="0073555B" w:rsidP="00993955">
+    <w:p w14:paraId="202616A7" w14:textId="77777777" w:rsidR="00650BE4" w:rsidRDefault="00650BE4" w:rsidP="00993955">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00993955"/>
     <w:rsid w:val="00020076"/>
     <w:rsid w:val="00027699"/>
     <w:rsid w:val="00027F49"/>
     <w:rsid w:val="000325F6"/>
     <w:rsid w:val="000406BA"/>
@@ -2748,117 +2706,120 @@
     <w:rsid w:val="004F1CD3"/>
     <w:rsid w:val="004F4664"/>
     <w:rsid w:val="00506275"/>
     <w:rsid w:val="005205EA"/>
     <w:rsid w:val="005317BD"/>
     <w:rsid w:val="005329AB"/>
     <w:rsid w:val="00552785"/>
     <w:rsid w:val="005527BF"/>
     <w:rsid w:val="00556516"/>
     <w:rsid w:val="00561B3B"/>
     <w:rsid w:val="005763C3"/>
     <w:rsid w:val="005817BA"/>
     <w:rsid w:val="00587D75"/>
     <w:rsid w:val="005A21FC"/>
     <w:rsid w:val="005B7571"/>
     <w:rsid w:val="005C5E36"/>
     <w:rsid w:val="005D1F80"/>
     <w:rsid w:val="005D72D6"/>
     <w:rsid w:val="005E048E"/>
     <w:rsid w:val="005F7E14"/>
     <w:rsid w:val="0060370A"/>
     <w:rsid w:val="00611B2A"/>
     <w:rsid w:val="00613C10"/>
     <w:rsid w:val="00617FD7"/>
     <w:rsid w:val="00640A65"/>
+    <w:rsid w:val="00650BE4"/>
     <w:rsid w:val="006518A4"/>
     <w:rsid w:val="0067256D"/>
     <w:rsid w:val="00694764"/>
     <w:rsid w:val="0069683E"/>
     <w:rsid w:val="00697AA5"/>
     <w:rsid w:val="006A70E9"/>
     <w:rsid w:val="006A740C"/>
     <w:rsid w:val="006B1664"/>
     <w:rsid w:val="006D2E1A"/>
     <w:rsid w:val="006F0EF4"/>
     <w:rsid w:val="007063D2"/>
     <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00742B02"/>
     <w:rsid w:val="007524A4"/>
     <w:rsid w:val="00754130"/>
     <w:rsid w:val="00760D0C"/>
     <w:rsid w:val="00762B33"/>
     <w:rsid w:val="0076717E"/>
     <w:rsid w:val="00772128"/>
     <w:rsid w:val="0077554D"/>
     <w:rsid w:val="007814EE"/>
     <w:rsid w:val="0078309E"/>
     <w:rsid w:val="007902BD"/>
     <w:rsid w:val="007B0A77"/>
     <w:rsid w:val="007B4399"/>
     <w:rsid w:val="007C1814"/>
     <w:rsid w:val="007C7438"/>
     <w:rsid w:val="007C7A10"/>
+    <w:rsid w:val="007D2E81"/>
     <w:rsid w:val="0080493E"/>
     <w:rsid w:val="00806ADC"/>
     <w:rsid w:val="0082054B"/>
     <w:rsid w:val="00820925"/>
     <w:rsid w:val="00824639"/>
     <w:rsid w:val="00847BB9"/>
     <w:rsid w:val="00850DD7"/>
     <w:rsid w:val="0085342F"/>
     <w:rsid w:val="00853587"/>
     <w:rsid w:val="00870FFD"/>
     <w:rsid w:val="00884139"/>
     <w:rsid w:val="008842C7"/>
     <w:rsid w:val="00884E02"/>
     <w:rsid w:val="008853A4"/>
     <w:rsid w:val="008A3B00"/>
     <w:rsid w:val="008B7305"/>
     <w:rsid w:val="008C3BD2"/>
     <w:rsid w:val="008C606F"/>
     <w:rsid w:val="008D3133"/>
     <w:rsid w:val="008D32CF"/>
     <w:rsid w:val="008E4FE0"/>
     <w:rsid w:val="008F7AA9"/>
     <w:rsid w:val="0090465F"/>
     <w:rsid w:val="00913801"/>
     <w:rsid w:val="00920F5C"/>
     <w:rsid w:val="009323A5"/>
     <w:rsid w:val="0094378D"/>
     <w:rsid w:val="0095198C"/>
     <w:rsid w:val="00956502"/>
     <w:rsid w:val="009565F6"/>
     <w:rsid w:val="00960CC2"/>
     <w:rsid w:val="00973E0A"/>
     <w:rsid w:val="00981004"/>
     <w:rsid w:val="0099104C"/>
     <w:rsid w:val="009919B4"/>
     <w:rsid w:val="00993955"/>
     <w:rsid w:val="00995E11"/>
     <w:rsid w:val="009E1C88"/>
     <w:rsid w:val="009E5284"/>
+    <w:rsid w:val="009E7543"/>
     <w:rsid w:val="009F351E"/>
     <w:rsid w:val="009F39A0"/>
     <w:rsid w:val="00A07A9B"/>
     <w:rsid w:val="00A14013"/>
     <w:rsid w:val="00A160AD"/>
     <w:rsid w:val="00A30653"/>
     <w:rsid w:val="00A31973"/>
     <w:rsid w:val="00A61971"/>
     <w:rsid w:val="00A63D98"/>
     <w:rsid w:val="00A70749"/>
     <w:rsid w:val="00A7128B"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A740BA"/>
     <w:rsid w:val="00A75FD5"/>
     <w:rsid w:val="00AB3710"/>
     <w:rsid w:val="00AC45E9"/>
     <w:rsid w:val="00AE548C"/>
     <w:rsid w:val="00AF4CE9"/>
     <w:rsid w:val="00AF76CD"/>
     <w:rsid w:val="00B3067C"/>
     <w:rsid w:val="00B44DB6"/>
     <w:rsid w:val="00B4608B"/>
     <w:rsid w:val="00B5257A"/>
     <w:rsid w:val="00B65EE5"/>
     <w:rsid w:val="00B73EAC"/>
@@ -3988,51 +3949,53 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B7DC4"/>
     <w:rsid w:val="000E5519"/>
     <w:rsid w:val="00157F8C"/>
     <w:rsid w:val="0028272D"/>
     <w:rsid w:val="0033603D"/>
     <w:rsid w:val="003B7DC4"/>
     <w:rsid w:val="006854CE"/>
     <w:rsid w:val="007063D2"/>
+    <w:rsid w:val="007D2E81"/>
     <w:rsid w:val="008A2A5A"/>
+    <w:rsid w:val="009518DD"/>
     <w:rsid w:val="00B0588B"/>
     <w:rsid w:val="00C323E6"/>
     <w:rsid w:val="00C56029"/>
     <w:rsid w:val="00D32921"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
@@ -4451,386 +4414,50 @@
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D32921"/>
     <w:rPr>
       <w:color w:val="666666"/>
-    </w:rPr>
-[...334 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="56753CDDEBA14483A69A383DC0D86FD42">
     <w:name w:val="56753CDDEBA14483A69A383DC0D86FD42"/>
     <w:rsid w:val="00D32921"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9669A8C3899844B8A7F9EBE580D664642">
     <w:name w:val="9669A8C3899844B8A7F9EBE580D664642"/>
     <w:rsid w:val="00D32921"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
@@ -5257,71 +4884,71 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>411</Words>
-  <Characters>2348</Characters>
+  <Words>405</Words>
+  <Characters>2310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>12|.DOCX</PresentationFormat>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Conflict Waiver form (A0156266;1).DOCX</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hopper Hicks &amp; Wrenn</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2754</CharactersWithSpaces>
+  <CharactersWithSpaces>2710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Conflict Waiver form (A0156266;1).DOCX</dc:title>
   <dc:subject>A0156266.DOCX</dc:subject>
   <dc:creator>N. Kyle Hicks</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>