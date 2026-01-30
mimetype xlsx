--- v0 (2025-10-06)
+++ v1 (2026-01-30)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jemercer\Desktop\Stewardship Templates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Stewardship\1. Annual Contracts\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B8B5CAF5-E280-4629-90E4-3A8CBF85B160}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02C9BCE1-E3A0-457F-80F2-F724726910A4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Stewardship Invoice" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E24" i="1" l="1"/>
   <c r="E15" i="1"/>
   <c r="G24" i="1" l="1"/>
@@ -961,51 +961,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:IV54"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="E28" sqref="E28"/>
+      <selection activeCell="E12" sqref="E12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="23" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="10" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="8.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="12.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="2.28515625" style="1" customWidth="1"/>
     <col min="9" max="256" width="10.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="257" max="16384" width="3.140625" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="13" t="s">
         <v>32</v>
       </c>
       <c r="C1" s="51" t="s">
         <v>5</v>
       </c>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
@@ -1156,51 +1156,51 @@
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
     </row>
     <row r="14" spans="2:11" x14ac:dyDescent="0.25">
       <c r="B14" s="41" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="42"/>
       <c r="D14" s="43"/>
       <c r="E14" s="4"/>
       <c r="F14" s="36"/>
       <c r="G14" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="41" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="42"/>
       <c r="D15" s="43"/>
       <c r="E15" s="40">
-        <f>IF(F2=0, 0, IF(F2&gt;=DATE(2024, 1, 1), 0.67, 0.655))</f>
+        <f>IF(F2=0, 0, IF(F2&gt;=DATE(2026, 1, 1), 0.725, 0.7))</f>
         <v>0</v>
       </c>
       <c r="F15" s="36"/>
       <c r="G15" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="41" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="42"/>
       <c r="D16" s="43"/>
       <c r="E16" s="4"/>
       <c r="F16" s="36"/>
       <c r="G16" s="5">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B17" s="61" t="s">
         <v>30</v>
       </c>
@@ -1264,51 +1264,51 @@
       <c r="E22" s="35"/>
       <c r="F22" s="38"/>
       <c r="G22" s="5">
         <f>E22*F22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="44"/>
       <c r="C23" s="45"/>
       <c r="D23" s="46"/>
       <c r="E23" s="35"/>
       <c r="F23" s="38"/>
       <c r="G23" s="5">
         <f>E23*F23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="41" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="42"/>
       <c r="D24" s="43"/>
       <c r="E24" s="40">
-        <f>IF(F2=0, 0, IF(F2&gt;=DATE(2024, 1, 1), 0.67, 0.655))</f>
+        <f>IF(F2=0, 0, IF(F2&gt;=DATE(2026, 1, 1), 0.725, 0.7))</f>
         <v>0</v>
       </c>
       <c r="F24" s="39"/>
       <c r="G24" s="5">
         <f t="shared" ref="G24" si="2">E24*F24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B25" s="41" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="42"/>
       <c r="D25" s="43"/>
       <c r="E25" s="35"/>
       <c r="F25" s="38"/>
       <c r="G25" s="5">
         <f t="shared" ref="G25" si="3">E25*F25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="2:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="41" t="s">
         <v>23</v>
       </c>
@@ -1512,107 +1512,110 @@
     <row r="50" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B50" s="6"/>
       <c r="C50" s="6"/>
       <c r="D50" s="10"/>
     </row>
     <row r="51" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B51" s="6"/>
       <c r="C51" s="6"/>
       <c r="D51" s="10"/>
     </row>
     <row r="52" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="10"/>
     </row>
     <row r="53" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="B53" s="6"/>
       <c r="C53" s="6"/>
       <c r="D53" s="10"/>
     </row>
     <row r="54" spans="2:4" hidden="1" x14ac:dyDescent="0.25">
       <c r="C54" s="11"/>
       <c r="D54" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1y9yO6OVS8m45CfhzlA0aAWUBOms3RxTl+kB3NhX4O2yjNlPKmW0mZ5aZVHWbOQ1ZINCabwNxlT7iSnO7FaSlA==" saltValue="PBgPocXgB97zJq5q22+jWQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="sxnG9MnSx/btrP/NfC9VVOd422YghSQguzzcQgJ41V/UEHh/TTps/DJoLiPtjLu0Q9ZiocSIuYQtMJLanI5e5Q==" saltValue="GVOv2wuonVliYnDZElb46A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="34">
     <mergeCell ref="B35:F35"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="B29:D29"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B20:G20"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B33:F33"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B25:D25"/>
   </mergeCells>
-  <dataValidations xWindow="892" yWindow="372" count="8">
+  <dataValidations xWindow="892" yWindow="372" count="9">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="B43:B53" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$B$68:$B$75</formula1>
       <formula2>0</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The max for this value for this field is 2 hours.  If additional hours are needed, please use 2e below and provide justification." sqref="F12" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0</formula1>
       <formula2>2</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The max allowed for this field is 3 hours.  If additional hours are needed, please use 2e below and provide justification." sqref="F14" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>0</formula1>
       <formula2>3</formula2>
     </dataValidation>
-    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The current max rate is $50" sqref="E12:E14 E21:E23 E31:E32" xr:uid="{00000000-0002-0000-0000-000003000000}">
+    <dataValidation type="decimal" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The current max rate is $50" sqref="E31:E32 E21:E23" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>50</formula1>
     </dataValidation>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Please enter most recent date in the mm/dd/yyyy format." sqref="F2:G2" xr:uid="{A0658F2D-BA2F-4A1B-8B52-CAB53A263A13}"/>
     <dataValidation allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="E15 E24" xr:uid="{023220B2-B9E5-4FA1-B576-1F87D2F60B02}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="The rate will autofill based on the Inspection Date. Please complete that cell above." sqref="F15" xr:uid="{A6E63602-38D7-4F6C-AC85-945EAFB9E92F}"/>
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="The rate will autofill based on the Inspection Date. Please complete that cell above._x000a_" sqref="F24" xr:uid="{8F6E4AE4-DE16-4E82-B82F-6B3FFE05A8F5}"/>
+    <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="The current max rate is $50" sqref="E12:E14" xr:uid="{554B0E0D-DDC3-4B55-95DA-A252B713E753}">
+      <formula1>50</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.5" right="0.5" top="0.8" bottom="0.8" header="0.5" footer="0.5"/>
   <pageSetup firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;A</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>